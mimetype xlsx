--- v0 (2025-12-08)
+++ v1 (2026-03-07)
@@ -4237,60 +4237,79 @@
     <row r="174" spans="1:5">
       <c r="A174" s="1">
         <v>172</v>
       </c>
       <c r="B174" t="inlineStr">
         <is>
           <t>Massaat (IRE)</t>
         </is>
       </c>
       <c r="C174" s="2">
         <v>1</v>
       </c>
       <c r="D174" s="2">
         <v>1000</v>
       </c>
       <c r="E174" s="2">
         <v>1000</v>
       </c>
     </row>
     <row r="175" spans="1:5">
       <c r="A175" s="1">
         <v>173</v>
       </c>
       <c r="B175" t="inlineStr">
         <is>
-          <t>Royal Applause (GB)</t>
+          <t>Paco Boy (IRE)</t>
         </is>
       </c>
       <c r="C175" s="2">
         <v>1</v>
       </c>
       <c r="D175" s="2">
         <v>1000</v>
       </c>
       <c r="E175" s="2">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="176" spans="1:5">
+      <c r="A176" s="1">
+        <v>174</v>
+      </c>
+      <c r="B176" t="inlineStr">
+        <is>
+          <t>Royal Applause (GB)</t>
+        </is>
+      </c>
+      <c r="C176" s="2">
+        <v>1</v>
+      </c>
+      <c r="D176" s="2">
+        <v>1000</v>
+      </c>
+      <c r="E176" s="2">
         <v>1000</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Macintosh Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">